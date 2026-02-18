--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -577,50 +577,299 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نمایندگی فروش محصولات بی ان BN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -3679,336 +3928,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بال ولو برنجی مهشیر</w:t>
-[...284 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر گازی استیل نگین</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4642,50 +4605,2494 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نماینده فروش شیرالات دی ان DN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بال ولو استیل غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بال ولو بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر غیر گازی  2 اینچ بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر غیر گازی 1 اینچ  بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر غیر گازی 3 اینچ  بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر غیر گازی 3.4 بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر غیر گازی بوگاتی دنده ای </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر غیر گازی بوگاتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده شیر فلکه سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه 1 اینچ سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه 2 اینچ سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه 3 اینچ سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه کشویی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه کشویی دنده ای سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرفلکه برنجی دنده ای  سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر فلکه برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر گازی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر گازی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر فلکه برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر گازی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر فلکه سامین تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر گازی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر فلکه برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیر فلکه کشویی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیر گازی برنجی سامین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیرفلکه برنجی سامین </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید شیر گازی برنجی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">دفتر فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گاز استارکو مدل MOP5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی برنجی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو  2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو 1 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو سایز 1 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو سایز 1,1-4 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو سایز 1.2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو سایز 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو سایز 3.4 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو مدل P-F2202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی استیل استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی برنجی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر گازی دنده ای استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر غیر گازی  استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیرالات استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر گازی برنزی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیر غیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیرگازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیرگازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر غیر گازی  استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیرالات استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر گازی برنزی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیر غیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده شیرگازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیرگازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مرکز فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر برنجی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر گازی استارکو پارک شهر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر گازی استارکو تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر غیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر گازی استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده شیر استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیر غیر گازی  استارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیرگازی استارکو</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 