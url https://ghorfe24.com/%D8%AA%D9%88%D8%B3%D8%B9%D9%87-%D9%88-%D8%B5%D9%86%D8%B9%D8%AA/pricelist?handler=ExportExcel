--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="شیر کیتز توسعه و صنعت0213391010" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="729" uniqueCount="232">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی بی ان BN</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی بی ان BN</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش محصولات بی ان BN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی بی ان BN</t>
   </si>
   <si>
@@ -378,83 +378,50 @@
   <si>
     <t xml:space="preserve">شیر غیر گازی برنجی سوگاتی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی برنجی سوگاتی</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر غیر گازی سوگاتی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت  شیر غیر گازی سوگاتی</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو برنجی نگین</t>
   </si>
   <si>
     <t xml:space="preserve">شیر تک ضرب غیرگازی دو سر مغزی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر تک ضرب غیرگازی نگین</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کوپلی یک سر مغزی نگین</t>
   </si>
   <si>
-    <t xml:space="preserve">بال ولو برنجی مهشیر</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر گازی استیل نگین</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی دسته خروسکی نگین</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی دنده ای نگین</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی دوسر مهره نگین</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی نگین</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر گازی نگین</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیرالات نگین</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر پیسوار فیلتردار بلند نگین</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر رادیاتور  نگین</t>
@@ -490,50 +457,296 @@
     <t xml:space="preserve">شیر غیر گازی  دی ان DN-14L</t>
   </si>
   <si>
     <t xml:space="preserve">شیر غیر گازی دی ان DN-11YFF</t>
   </si>
   <si>
     <t xml:space="preserve">شیر غیر گازی یکسر روپیج برنجی DN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه برنجی DN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی برنجی دی ان DN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر یکطرفه برنجی دی ان DN-80</t>
   </si>
   <si>
     <t xml:space="preserve">شیرالات برنجی DN دی ان</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیرالات  دی ان DN</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیرالات دی ان DN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بال ولو استیل غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بال ولو بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر غیر گازی  2 اینچ بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر غیر گازی 1 اینچ  بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر غیر گازی 3 اینچ  بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر غیر گازی 3.4 بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر غیر گازی بوگاتی دنده ای </t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده شیر غیر گازی بوگاتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده شیر فلکه سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه 1 اینچ سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه 2 اینچ سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه 3 اینچ سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه کشویی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه کشویی دنده ای سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیرالات برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیرفلکه برنجی دنده ای  سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر فلکه برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر گازی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش شیر گازی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر فلکه برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر گازی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر فلکه سامین تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر گازی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیر فلکه برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیر فلکه کشویی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیر گازی برنجی سامین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیرفلکه برنجی سامین </t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید شیر گازی برنجی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">دفتر فروش شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گاز استارکو مدل MOP5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی برنجی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو  2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو 1 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو سایز 1 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو سایز 1,1-4 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو سایز 1.2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو سایز 2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو سایز 3.4 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو مدل P-F2202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی استیل استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر گازی دنده ای استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیرالات شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر غیر گازی  استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیرالات استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش شیر گازی برنزی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده شیر غیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده شیرگازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیرگازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مرکز فروش شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر برنجی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر گازی استارکو پارک شهر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر گازی استارکو تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیر غیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیر گازی استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده شیر استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیر غیر گازی  استارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیرگازی استارکو</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -2283,67 +2496,980 @@
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>157</v>
       </c>
       <c r="B157" t="s">
         <v>4</v>
       </c>
       <c r="C157" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>158</v>
       </c>
       <c r="B158" t="s">
         <v>4</v>
       </c>
       <c r="C158" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>159</v>
+        <v>108</v>
       </c>
       <c r="B159" t="s">
         <v>4</v>
       </c>
       <c r="C159" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
+        <v>159</v>
+      </c>
+      <c r="B160" t="s">
+        <v>4</v>
+      </c>
+      <c r="C160" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
         <v>160</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="B161" t="s">
+        <v>4</v>
+      </c>
+      <c r="C161" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>161</v>
+      </c>
+      <c r="B162" t="s">
+        <v>4</v>
+      </c>
+      <c r="C162" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>162</v>
+      </c>
+      <c r="B163" t="s">
+        <v>4</v>
+      </c>
+      <c r="C163" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>163</v>
+      </c>
+      <c r="B164" t="s">
+        <v>4</v>
+      </c>
+      <c r="C164" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>164</v>
+      </c>
+      <c r="B165" t="s">
+        <v>4</v>
+      </c>
+      <c r="C165" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>4</v>
+      </c>
+      <c r="C166" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>166</v>
+      </c>
+      <c r="B167" t="s">
+        <v>4</v>
+      </c>
+      <c r="C167" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>167</v>
+      </c>
+      <c r="B168" t="s">
+        <v>4</v>
+      </c>
+      <c r="C168" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>168</v>
+      </c>
+      <c r="B169" t="s">
+        <v>4</v>
+      </c>
+      <c r="C169" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>169</v>
+      </c>
+      <c r="B170" t="s">
+        <v>4</v>
+      </c>
+      <c r="C170" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>170</v>
+      </c>
+      <c r="B171" t="s">
+        <v>4</v>
+      </c>
+      <c r="C171" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>171</v>
+      </c>
+      <c r="B172" t="s">
+        <v>4</v>
+      </c>
+      <c r="C172" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>172</v>
+      </c>
+      <c r="B173" t="s">
+        <v>4</v>
+      </c>
+      <c r="C173" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>173</v>
+      </c>
+      <c r="B174" t="s">
+        <v>4</v>
+      </c>
+      <c r="C174" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>174</v>
+      </c>
+      <c r="B175" t="s">
+        <v>4</v>
+      </c>
+      <c r="C175" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>175</v>
+      </c>
+      <c r="B176" t="s">
+        <v>4</v>
+      </c>
+      <c r="C176" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>176</v>
+      </c>
+      <c r="B177" t="s">
+        <v>4</v>
+      </c>
+      <c r="C177" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>177</v>
+      </c>
+      <c r="B178" t="s">
+        <v>4</v>
+      </c>
+      <c r="C178" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>178</v>
+      </c>
+      <c r="B179" t="s">
+        <v>4</v>
+      </c>
+      <c r="C179" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>179</v>
+      </c>
+      <c r="B180" t="s">
+        <v>4</v>
+      </c>
+      <c r="C180" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>180</v>
+      </c>
+      <c r="B181" t="s">
+        <v>4</v>
+      </c>
+      <c r="C181" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>181</v>
+      </c>
+      <c r="B182" t="s">
+        <v>4</v>
+      </c>
+      <c r="C182" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>182</v>
+      </c>
+      <c r="B183" t="s">
+        <v>4</v>
+      </c>
+      <c r="C183" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>183</v>
+      </c>
+      <c r="B184" t="s">
+        <v>4</v>
+      </c>
+      <c r="C184" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>4</v>
+      </c>
+      <c r="C185" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>185</v>
+      </c>
+      <c r="B186" t="s">
+        <v>4</v>
+      </c>
+      <c r="C186" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>186</v>
+      </c>
+      <c r="B187" t="s">
+        <v>4</v>
+      </c>
+      <c r="C187" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>187</v>
+      </c>
+      <c r="B188" t="s">
+        <v>4</v>
+      </c>
+      <c r="C188" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>188</v>
+      </c>
+      <c r="B189" t="s">
+        <v>4</v>
+      </c>
+      <c r="C189" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>189</v>
+      </c>
+      <c r="B190" t="s">
+        <v>4</v>
+      </c>
+      <c r="C190" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>190</v>
+      </c>
+      <c r="B191" t="s">
+        <v>4</v>
+      </c>
+      <c r="C191" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>191</v>
+      </c>
+      <c r="B192" t="s">
+        <v>4</v>
+      </c>
+      <c r="C192" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>192</v>
+      </c>
+      <c r="B193" t="s">
+        <v>4</v>
+      </c>
+      <c r="C193" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>193</v>
+      </c>
+      <c r="B194" t="s">
+        <v>4</v>
+      </c>
+      <c r="C194" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>194</v>
+      </c>
+      <c r="B195" t="s">
+        <v>4</v>
+      </c>
+      <c r="C195" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>195</v>
+      </c>
+      <c r="B196" t="s">
+        <v>4</v>
+      </c>
+      <c r="C196" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>196</v>
+      </c>
+      <c r="B197" t="s">
+        <v>4</v>
+      </c>
+      <c r="C197" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>197</v>
+      </c>
+      <c r="B198" t="s">
+        <v>4</v>
+      </c>
+      <c r="C198" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>198</v>
+      </c>
+      <c r="B199" t="s">
+        <v>4</v>
+      </c>
+      <c r="C199" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>199</v>
+      </c>
+      <c r="B200" t="s">
+        <v>4</v>
+      </c>
+      <c r="C200" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>200</v>
+      </c>
+      <c r="B201" t="s">
+        <v>4</v>
+      </c>
+      <c r="C201" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>201</v>
+      </c>
+      <c r="B202" t="s">
+        <v>4</v>
+      </c>
+      <c r="C202" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>202</v>
+      </c>
+      <c r="B203" t="s">
+        <v>4</v>
+      </c>
+      <c r="C203" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>203</v>
+      </c>
+      <c r="B204" t="s">
+        <v>4</v>
+      </c>
+      <c r="C204" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>204</v>
+      </c>
+      <c r="B205" t="s">
+        <v>4</v>
+      </c>
+      <c r="C205" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>4</v>
+      </c>
+      <c r="C206" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>206</v>
+      </c>
+      <c r="B207" t="s">
+        <v>4</v>
+      </c>
+      <c r="C207" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>207</v>
+      </c>
+      <c r="B208" t="s">
+        <v>4</v>
+      </c>
+      <c r="C208" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>208</v>
+      </c>
+      <c r="B209" t="s">
+        <v>4</v>
+      </c>
+      <c r="C209" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>209</v>
+      </c>
+      <c r="B210" t="s">
+        <v>4</v>
+      </c>
+      <c r="C210" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>210</v>
+      </c>
+      <c r="B211" t="s">
+        <v>4</v>
+      </c>
+      <c r="C211" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>199</v>
+      </c>
+      <c r="B212" t="s">
+        <v>4</v>
+      </c>
+      <c r="C212" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>211</v>
+      </c>
+      <c r="B213" t="s">
+        <v>4</v>
+      </c>
+      <c r="C213" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>212</v>
+      </c>
+      <c r="B214" t="s">
+        <v>4</v>
+      </c>
+      <c r="C214" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>213</v>
+      </c>
+      <c r="B215" t="s">
+        <v>4</v>
+      </c>
+      <c r="C215" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>214</v>
+      </c>
+      <c r="B216" t="s">
+        <v>4</v>
+      </c>
+      <c r="C216" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>215</v>
+      </c>
+      <c r="B217" t="s">
+        <v>4</v>
+      </c>
+      <c r="C217" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>216</v>
+      </c>
+      <c r="B218" t="s">
+        <v>4</v>
+      </c>
+      <c r="C218" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>217</v>
+      </c>
+      <c r="B219" t="s">
+        <v>4</v>
+      </c>
+      <c r="C219" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>218</v>
+      </c>
+      <c r="B220" t="s">
+        <v>4</v>
+      </c>
+      <c r="C220" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>219</v>
+      </c>
+      <c r="B221" t="s">
+        <v>4</v>
+      </c>
+      <c r="C221" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>220</v>
+      </c>
+      <c r="B222" t="s">
+        <v>4</v>
+      </c>
+      <c r="C222" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>221</v>
+      </c>
+      <c r="B223" t="s">
+        <v>4</v>
+      </c>
+      <c r="C223" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>212</v>
+      </c>
+      <c r="B224" t="s">
+        <v>4</v>
+      </c>
+      <c r="C224" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>213</v>
+      </c>
+      <c r="B225" t="s">
+        <v>4</v>
+      </c>
+      <c r="C225" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>214</v>
+      </c>
+      <c r="B226" t="s">
+        <v>4</v>
+      </c>
+      <c r="C226" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>215</v>
+      </c>
+      <c r="B227" t="s">
+        <v>4</v>
+      </c>
+      <c r="C227" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>216</v>
+      </c>
+      <c r="B228" t="s">
+        <v>4</v>
+      </c>
+      <c r="C228" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>217</v>
+      </c>
+      <c r="B229" t="s">
+        <v>4</v>
+      </c>
+      <c r="C229" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>218</v>
+      </c>
+      <c r="B230" t="s">
+        <v>4</v>
+      </c>
+      <c r="C230" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>219</v>
+      </c>
+      <c r="B231" t="s">
+        <v>4</v>
+      </c>
+      <c r="C231" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>220</v>
+      </c>
+      <c r="B232" t="s">
+        <v>4</v>
+      </c>
+      <c r="C232" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>221</v>
+      </c>
+      <c r="B233" t="s">
+        <v>4</v>
+      </c>
+      <c r="C233" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>222</v>
+      </c>
+      <c r="B234" t="s">
+        <v>4</v>
+      </c>
+      <c r="C234" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>223</v>
+      </c>
+      <c r="B235" t="s">
+        <v>4</v>
+      </c>
+      <c r="C235" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>224</v>
+      </c>
+      <c r="B236" t="s">
+        <v>4</v>
+      </c>
+      <c r="C236" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>225</v>
+      </c>
+      <c r="B237" t="s">
+        <v>4</v>
+      </c>
+      <c r="C237" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>226</v>
+      </c>
+      <c r="B238" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>227</v>
+      </c>
+      <c r="B239" t="s">
+        <v>4</v>
+      </c>
+      <c r="C239" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>228</v>
+      </c>
+      <c r="B240" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>229</v>
+      </c>
+      <c r="B241" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>230</v>
+      </c>
+      <c r="B242" t="s">
+        <v>4</v>
+      </c>
+      <c r="C242" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>231</v>
+      </c>
+      <c r="B243" t="s">
+        <v>4</v>
+      </c>
+      <c r="C243" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>