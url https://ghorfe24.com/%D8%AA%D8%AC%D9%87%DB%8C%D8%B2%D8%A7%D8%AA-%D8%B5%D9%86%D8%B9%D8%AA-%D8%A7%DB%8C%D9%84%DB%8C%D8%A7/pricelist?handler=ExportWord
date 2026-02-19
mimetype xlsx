--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -1734,51 +1734,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بال ولو فلنج دار استنلس استیل کلاس 900</w:t>
+              <w:t xml:space="preserve">بال ولو دنده ای 1000WG استنلس استیل 304و316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>