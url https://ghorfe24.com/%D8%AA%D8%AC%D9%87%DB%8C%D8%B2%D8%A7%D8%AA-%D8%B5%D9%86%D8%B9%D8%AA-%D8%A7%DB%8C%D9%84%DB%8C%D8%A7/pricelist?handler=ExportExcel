--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -180,51 +180,51 @@
   <si>
     <t xml:space="preserve">سه راهی کربن استیل جوشی بدون درز Tee BW A234 WPB Seamless SCH40</t>
   </si>
   <si>
     <t xml:space="preserve">سه راهی کربن استیل جوشی درز دار Tee BW A234 WPB ERW SCH SGP</t>
   </si>
   <si>
     <t xml:space="preserve">سه راهی کربن استیل جوشی درز دار Tee BW A234 WPB ERW SCH STD</t>
   </si>
   <si>
     <t xml:space="preserve">سه راهی کربن استیل جوشی درز دار Tee BW A234 WPB ERW SCH40</t>
   </si>
   <si>
     <t xml:space="preserve">سه راهی کربن استیل جوشی درز دار Tee BW A234 WPB ERW SCH160</t>
   </si>
   <si>
     <t xml:space="preserve">استرینر فلنجدار فولادی کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار استنلس استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار استنلس استیل کلاس 300</t>
   </si>
   <si>
-    <t xml:space="preserve">بال ولو فلنج دار استنلس استیل کلاس 900</t>
+    <t xml:space="preserve">بال ولو دنده ای 1000WG استنلس استیل 304و316</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار کربن استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار کربن استیل کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار کربن استیل کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار کربن استیل کلاس 900</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فلنج دار کربن استیل کلاس 1500</t>
   </si>
   <si>
     <t xml:space="preserve">پلاگ ولو فلنج دار کربن استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">پلاگ ولو فلنج دار کربن استیل کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">پلاگ ولو فلنج دار کربن استیل کلاس 600</t>
   </si>