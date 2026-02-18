--- v0 (2025-12-23)
+++ v1 (2026-02-18)
@@ -6607,51 +6607,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی استیل SMS</w:t>
+              <w:t xml:space="preserve">قیمت شیر گازی SMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6893,51 +6893,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی استیل دنده ای sms</w:t>
+              <w:t xml:space="preserve">به شیر گازی  دنده ای sms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7179,51 +7179,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی استیل </w:t>
+              <w:t xml:space="preserve">خرید شیر گازی sms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>