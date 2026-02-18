--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -678,117 +678,117 @@
   <si>
     <t xml:space="preserve">فروشنده شیر صافی برنجی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر گازی برنجی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی برنجی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر کشویی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر گازی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دریچه ای SMC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار فنری SMS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر دریچه برنجی SMS</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی استیل SMS</t>
+    <t xml:space="preserve">قیمت شیر گازی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">فلوتر برنجی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش نوار نیا شیمی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر حیاطی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">شیر لباسشویی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر گازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی استیل دی ان  DN</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو برنجی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی برنجی  4 اینج -125  کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی استیل بوگاتی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر  یکطرفه برنجی sms</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی استیل دنده ای sms</t>
+    <t xml:space="preserve">به شیر گازی  دنده ای sms</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خود کار برنجی کلاس 150 کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار برنجی کیتز 200 wog</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه برنجی دنده ای کیتز ژاپن</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی برنجی کیتز 300 wog  کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر یکطرفه برنجی کیتز اصلی</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر گازی برنجی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی برنجی دنده ای استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی دنده ای بوگاتی bogatti</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دریچه ای برنجی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار فنری برنجی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی استیل </t>
+    <t xml:space="preserve">خرید شیر گازی sms</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر گازی  SMS</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر گازی  SMS</t>
   </si>
   <si>
     <t xml:space="preserve">پخش کننده شیر گازی برنجی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">تامین کننده شیر گازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر گازی استارکو</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>