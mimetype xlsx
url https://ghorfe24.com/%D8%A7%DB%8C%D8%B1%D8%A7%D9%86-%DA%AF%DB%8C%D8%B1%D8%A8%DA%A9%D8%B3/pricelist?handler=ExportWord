--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:shd w:val="nil" w:color="auto" w:fill="EEEEEE"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">جنرال گیربکس</w:t>
+        <w:t xml:space="preserve">جنرال غرفه 24</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:space="0"/>
           <w:left w:val="single" w:space="0"/>
           <w:bottom w:val="single" w:space="0"/>
           <w:right w:val="single" w:space="0"/>
           <w:insideH w:val="single" w:space="0"/>
           <w:insideV w:val="single" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>