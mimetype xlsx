--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -30,92 +30,80 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="104">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر فلکه کشویی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر فلکه سوزنی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر فلکه کلاس 800</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه کشویی فولادی کلاس 150</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه سوزنی کلاس 800 ساکت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی کلاس 800 دنده</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی 1000 وگ</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر یکطرفه کربن استیل کلاس 800</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیرگازی استیل دو تیکه 316 دنده 1000 وگ</t>
   </si>
   <si>
     <t xml:space="preserve">شیرگازی استیل چهار پیچ 304 دنده</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی استیل دو تیکه 304 دنده</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی کربن استیل کلاس 800</t>
   </si>
   <si>
-    <t xml:space="preserve">شیرفلکه سوزنی کربن استیل کلاس 800</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه کشویی فلنجدار استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه فولادی فورج کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه فولادی a105 کلاس 800</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه سوزنی استیل کلاس 150</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر صافی کلاس 150 فلنجدار استیل 316</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی کلاس 150 فلنجدار استیل 304</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی فولادی فلنجدار کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی فولادی کلاس 800 ساکت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی فولادی فلنج دار 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی فولادی دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی کلاس 800 ساکت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی فولادی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی فولادی کلاس 800 دنده</t>
@@ -319,50 +307,62 @@
     <t xml:space="preserve">نمایندگی تراپ ترمو دینامیکی KAB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر پروانه ای صنایع غذایی استیل ۳۰۴</t>
   </si>
   <si>
     <t xml:space="preserve">فیتینگ استیل  316</t>
   </si>
   <si>
     <t xml:space="preserve">فیتینگ استیل 304 مخزن</t>
   </si>
   <si>
     <t xml:space="preserve">کورکن کلمپی  استیل ۳16</t>
   </si>
   <si>
     <t xml:space="preserve">کورکن کلمپی  استیل ۳۰۴</t>
   </si>
   <si>
     <t xml:space="preserve">مهره ماسوره صنایع غذایی استیل ۳۰۴</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر پروانه ای صنایع غذایی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش مهره ماسوره صنایه غذایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تبدیل صاف جوشی  سایز  ۱۰ به ۱۴ اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فلنچ گلودار  سایر ۳ اینچ  کلاس  ۳۰۰  فولادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فلنچ گلودار ۳ اینچ کلاس ۱۵۰ فولادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فلنچ گلودار فولادی   A105 ۲ اینچ کلاس ۶۰۰</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">