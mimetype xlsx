--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -400,227 +400,50 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
-            <w:r>
-[...175 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر اتش نشانی برنجی  دی ان DN-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -1157,180 +980,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر پروانه ای چدنی (DJ)</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار دریچه ای کلاس 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار سوزنی برنجی کیتز</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار سوزنی دنده ای کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1391,76 +1110,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر فلکه سوزنی برنزی کلاس 150</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه سوزنی برنزی کیتز کلاس 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1469,76 +1162,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر فلکه کشویی برنجی (IFH)</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه کشویی برنزی کیتز کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1547,492 +1214,102 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی فشار قوی (SZA) کیتز</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر گازی فشار قوی کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">قیمت شیر فلکه سوزنی برنزی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر فلکه کشویی برنزی کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">وارد کننده شیر فلکه کشویی برنزی</w:t>
-[...258 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش شیرالات استارکو</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2977,76 +2254,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار سوزنی برنجی کیتز</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه برنجی کیتز 4 اینچ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3133,336 +2384,128 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر کشویی برنجی کیتز</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیرالات برنجی کیتز KITZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عامل فروش شیر فلکه برنجی کیتز</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروشنده شیر فلکه کشویی برنجی کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">مرکز فروش شیر برنجی کیتز</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نماینده فروش شیر برنجی فلکه کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">وارد کننده شیر فلکه برنجی کیتز</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروش شیر گازی استارکو</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3706,804 +2749,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نماینده فروش شیر غیر گازی SMS</w:t>
-            </w:r>
-[...752 lines deleted...]
-              <w:t xml:space="preserve">وارد کننده چسب پرایمر آلتن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>