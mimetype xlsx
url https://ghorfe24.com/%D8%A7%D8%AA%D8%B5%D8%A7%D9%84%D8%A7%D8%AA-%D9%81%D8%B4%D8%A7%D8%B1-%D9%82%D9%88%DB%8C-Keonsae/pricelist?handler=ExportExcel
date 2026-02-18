--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="توسعه صنعت فرهنگ 02155630318" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="104">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">بالا تنه شیر شلنگی ND-58+C24C2C2:C24</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">پخش کننده  فروش شیرالات دی ان DN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر اتش نشانی برنجی  دی ان DN-100</t>
   </si>
   <si>
     <t xml:space="preserve">شیر رادیاتور دی ان DN-91</t>
   </si>
   <si>
@@ -93,146 +93,83 @@
   <si>
     <t xml:space="preserve">شیر یکطرفه برنجی دی ان DN-80</t>
   </si>
   <si>
     <t xml:space="preserve">شیر یکطرفه سوپاپی DN-30F</t>
   </si>
   <si>
     <t xml:space="preserve">شیر یکطرفه فنری دی ان DN-30L</t>
   </si>
   <si>
     <t xml:space="preserve">شیرالات برنجی DN دی ان</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیرالات  دی ان DN</t>
   </si>
   <si>
     <t xml:space="preserve">لیست قیمت  فروش شیرالات دی ان DN</t>
   </si>
   <si>
     <t xml:space="preserve">مرکز فروش شیرالات دی ان DN</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیرالات دی ان DN</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر پروانه ای چدنی (DJ)</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار دریچه ای کلاس 125</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار سوزنی برنجی کیتز</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار سوزنی دنده ای کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار سوزنی کیتز کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی دار (Y) کیتز کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی دار (Y) کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه سوزنی برنزی کلاس 150</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه سوزنی برنزی کیتز کلاس 100</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی برنزی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه کشویی برنجی (IFH)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه کشویی برنزی کیتز کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی برنزی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی فشار قوی (SZA) کیتز</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر گازی فشار قوی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">قیمت شیر فلکه سوزنی برنزی</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر فلکه کشویی برنزی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">وارد کننده شیر فلکه کشویی برنزی</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">عامل فروش شیرالات استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیرگازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیرگازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">تامین کننده شیر گازی اذر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر آبی دسته فلزی اذر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر زانو چپقی اذر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر شلنگی دسته فلزی  اذر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی اذر</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر گازی اذر </t>
@@ -318,204 +255,93 @@
   <si>
     <t xml:space="preserve">شیر برنجی کیتز 2 اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برنجی کیتز 3 اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی برنجی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه برنجی کیتز 4 اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی کیتز کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی کیتز کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی برنجی کیتز</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیرالات برنجی کیتز KITZ</t>
   </si>
   <si>
-    <t xml:space="preserve">عامل فروش شیر فلکه برنجی کیتز</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">فروشنده شیر فلکه کشویی برنجی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">مرکز فروش شیر برنجی کیتز</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">نماینده فروش شیر برنجی فلکه کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">وارد کننده شیر فلکه برنجی کیتز</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">فروش شیر گازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر گازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر گازی استارکو</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده شیر گازی استاکو</t>
   </si>
   <si>
     <t xml:space="preserve">خرید شیر گازی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر غیر گازی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی  دنده ای SMS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی استیل SMS</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر غیر گازی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیر گازی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر گازی SMS</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر غیر گازی SMS</t>
-  </si>
-[...85 lines deleted...]
-    <t xml:space="preserve">وارد کننده چسب پرایمر آلتن</t>
   </si>
   <si>
     <t xml:space="preserve">بورس فروش نوار تفلون اسیا</t>
   </si>
   <si>
     <t xml:space="preserve">خرید نوار تفلون اسیا بازار </t>
   </si>
   <si>
     <t xml:space="preserve">خرید نوار تفلون اسیا</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده فروشنده نوار تفلون اسیا  بازار</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده نوار تفلون اسیا</t>
   </si>
   <si>
     <t xml:space="preserve">مرکز فروش نوار تفلون اسیا</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی نوار تفلون اسیا تهران</t>
   </si>
 </sst>
 </file>
 
@@ -1593,760 +1419,111 @@
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
-        <v>4</v>
-[...647 lines deleted...]
-      <c r="C160" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>